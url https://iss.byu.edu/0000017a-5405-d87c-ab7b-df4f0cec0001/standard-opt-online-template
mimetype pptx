--- v0 (2025-10-26)
+++ v1 (2026-01-29)
@@ -23,51 +23,50 @@
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink1.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
@@ -75,107 +74,105 @@
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/ink/ink2.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink3.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/ink/ink4.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId40"/>
+    <p:notesMasterId r:id="rId39"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="327" r:id="rId3"/>
     <p:sldId id="321" r:id="rId4"/>
     <p:sldId id="325" r:id="rId5"/>
     <p:sldId id="257" r:id="rId6"/>
     <p:sldId id="260" r:id="rId7"/>
     <p:sldId id="261" r:id="rId8"/>
     <p:sldId id="264" r:id="rId9"/>
     <p:sldId id="328" r:id="rId10"/>
     <p:sldId id="329" r:id="rId11"/>
     <p:sldId id="281" r:id="rId12"/>
     <p:sldId id="267" r:id="rId13"/>
     <p:sldId id="284" r:id="rId14"/>
     <p:sldId id="285" r:id="rId15"/>
     <p:sldId id="287" r:id="rId16"/>
     <p:sldId id="288" r:id="rId17"/>
     <p:sldId id="289" r:id="rId18"/>
     <p:sldId id="290" r:id="rId19"/>
     <p:sldId id="291" r:id="rId20"/>
     <p:sldId id="292" r:id="rId21"/>
     <p:sldId id="293" r:id="rId22"/>
     <p:sldId id="296" r:id="rId23"/>
     <p:sldId id="294" r:id="rId24"/>
-    <p:sldId id="295" r:id="rId25"/>
-[...13 lines deleted...]
-    <p:sldId id="319" r:id="rId39"/>
+    <p:sldId id="297" r:id="rId25"/>
+    <p:sldId id="298" r:id="rId26"/>
+    <p:sldId id="299" r:id="rId27"/>
+    <p:sldId id="300" r:id="rId28"/>
+    <p:sldId id="301" r:id="rId29"/>
+    <p:sldId id="302" r:id="rId30"/>
+    <p:sldId id="303" r:id="rId31"/>
+    <p:sldId id="305" r:id="rId32"/>
+    <p:sldId id="314" r:id="rId33"/>
+    <p:sldId id="315" r:id="rId34"/>
+    <p:sldId id="316" r:id="rId35"/>
+    <p:sldId id="317" r:id="rId36"/>
+    <p:sldId id="318" r:id="rId37"/>
+    <p:sldId id="319" r:id="rId38"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -312,51 +309,51 @@
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="105" d="100"/>
           <a:sy n="105" d="100"/>
         </p:scale>
         <p:origin x="774" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/></Relationships>
 </file>
 
 <file path=ppt/ink/ink1.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-03-13T22:11:54.223"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.1" units="cm"/>
       <inkml:brushProperty name="height" value="0.1" units="cm"/>
       <inkml:brushProperty name="color" value="#E71224"/>
     </inkml:brush>
@@ -513,51 +510,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{43C585C2-1AE4-4FB4-B7F7-E9B73A891D8C}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/18/2025</a:t>
+              <a:t>1/9/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -876,54 +873,50 @@
 
 <file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1668,51 +1661,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E58945C-5B92-4449-96A4-D9BCCC1731F0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="45052531"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1248502797"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1752,51 +1745,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E58945C-5B92-4449-96A4-D9BCCC1731F0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1248502797"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2769880287"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1836,51 +1829,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E58945C-5B92-4449-96A4-D9BCCC1731F0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2769880287"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2464856834"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1281EFA6-2D26-6B2B-2F16-F16689048039}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -2028,51 +2021,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E58945C-5B92-4449-96A4-D9BCCC1731F0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2464856834"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3968726456"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2112,51 +2105,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E58945C-5B92-4449-96A4-D9BCCC1731F0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>28</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3968726456"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1532070398"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2196,51 +2189,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E58945C-5B92-4449-96A4-D9BCCC1731F0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>29</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1532070398"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2125988831"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2280,51 +2273,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E58945C-5B92-4449-96A4-D9BCCC1731F0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>30</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2125988831"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2421404560"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2364,51 +2357,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E58945C-5B92-4449-96A4-D9BCCC1731F0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>31</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2421404560"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2368667303"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2448,51 +2441,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E58945C-5B92-4449-96A4-D9BCCC1731F0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>32</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2368667303"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="598764771"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2532,51 +2525,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E58945C-5B92-4449-96A4-D9BCCC1731F0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>33</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="598764771"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1078826781"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2616,51 +2609,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E58945C-5B92-4449-96A4-D9BCCC1731F0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>34</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1078826781"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2896055872"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2700,51 +2693,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E58945C-5B92-4449-96A4-D9BCCC1731F0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>35</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2896055872"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="273555762"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2784,51 +2777,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E58945C-5B92-4449-96A4-D9BCCC1731F0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>36</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="273555762"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1180254314"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2944,134 +2937,50 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E58945C-5B92-4449-96A4-D9BCCC1731F0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>37</a:t>
-            </a:fld>
-[...82 lines deleted...]
-              <a:t>38</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2841105597"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3723,51 +3632,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4E2D7B8F-DAE5-41E7-9E46-F958D50295DA}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/18/2025</a:t>
+              <a:t>1/9/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3891,51 +3800,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4E2D7B8F-DAE5-41E7-9E46-F958D50295DA}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/18/2025</a:t>
+              <a:t>1/9/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4069,51 +3978,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4E2D7B8F-DAE5-41E7-9E46-F958D50295DA}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/18/2025</a:t>
+              <a:t>1/9/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4237,51 +4146,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4E2D7B8F-DAE5-41E7-9E46-F958D50295DA}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/18/2025</a:t>
+              <a:t>1/9/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4482,51 +4391,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4E2D7B8F-DAE5-41E7-9E46-F958D50295DA}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/18/2025</a:t>
+              <a:t>1/9/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4711,51 +4620,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4E2D7B8F-DAE5-41E7-9E46-F958D50295DA}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/18/2025</a:t>
+              <a:t>1/9/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5075,51 +4984,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4E2D7B8F-DAE5-41E7-9E46-F958D50295DA}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/18/2025</a:t>
+              <a:t>1/9/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5192,51 +5101,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4E2D7B8F-DAE5-41E7-9E46-F958D50295DA}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/18/2025</a:t>
+              <a:t>1/9/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5287,51 +5196,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4E2D7B8F-DAE5-41E7-9E46-F958D50295DA}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/18/2025</a:t>
+              <a:t>1/9/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5562,51 +5471,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4E2D7B8F-DAE5-41E7-9E46-F958D50295DA}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/18/2025</a:t>
+              <a:t>1/9/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5814,51 +5723,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4E2D7B8F-DAE5-41E7-9E46-F958D50295DA}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/18/2025</a:t>
+              <a:t>1/9/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6029,51 +5938,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4E2D7B8F-DAE5-41E7-9E46-F958D50295DA}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/18/2025</a:t>
+              <a:t>1/9/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -6490,103 +6399,99 @@
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image220.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image210.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=gqY6NmorTtU" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myaccount.uscis.gov/sign-in" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
@@ -12029,505 +11934,143 @@
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>If you do not have or know your U.S. social security number, </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
               </a:rPr>
-              <a:t>If you have a Social Security Card:</a:t>
-[...12 lines deleted...]
-            </a:r>
+              <a:t>check the box.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:highlight>
+                <a:srgbClr val="FFFF00"/>
+              </a:highlight>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:highlight>
+                <a:srgbClr val="FFFF00"/>
+              </a:highlight>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>AND</a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t>If you have a Social Security Card: </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
               </a:rPr>
-              <a:t>Select NO to request a SS Card</a:t>
+              <a:t>Enter your U.S. Social Security number.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3"/>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB3002D2-DBE1-7050-7F05-782668119EA7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...8 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5682306" y="491940"/>
-            <a:ext cx="6158339" cy="5303629"/>
+            <a:off x="5872130" y="1953598"/>
+            <a:ext cx="5915851" cy="2438740"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="720597630"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...369 lines deleted...]
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5747656" y="0"/>
@@ -12912,51 +12455,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6643243" y="214576"/>
             <a:ext cx="4653167" cy="6363760"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3277256404"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5898996" y="0"/>
@@ -13289,51 +12832,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6695458" y="160763"/>
             <a:ext cx="4700079" cy="6536474"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3394937526"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6288832" y="0"/>
@@ -13886,51 +13429,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="525041" y="4631099"/>
             <a:ext cx="2619375" cy="1725295"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="304581460"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6096000" y="0"/>
@@ -14489,51 +14032,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6838628" y="387696"/>
             <a:ext cx="4610743" cy="4420217"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2214569395"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5271796" y="0"/>
@@ -15141,477 +14684,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5507118" y="214576"/>
             <a:ext cx="6530586" cy="5777532"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="787120764"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
-[...425 lines deleted...]
-<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5898996" y="0"/>
@@ -15931,51 +15048,477 @@
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6668430" y="1815090"/>
             <a:ext cx="4817326" cy="3224880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1231367946"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Rectangle 17"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="1906859"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="1C3664"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Title 1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="1945602"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="9600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>IMPORTANT DATES!</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="9600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Content Placeholder 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="704246" y="2522342"/>
+            <a:ext cx="10721820" cy="3867673"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>USCIS must receive your OPT Form I-765 online application:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>No earlier than 90 days</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>before you graduate and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>no later than 60 days </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>after you graduate; and</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+              </a:rPr>
+              <a:t>No later than 30 days </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>from the creation date of your OPT recommendation I-20 next to your DSO’s signature on page 1.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+              </a:rPr>
+              <a:t>If you have any questions about the timing, please contact our office.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1510555737"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5898996" y="0"/>
@@ -16290,51 +15833,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6419461" y="214576"/>
             <a:ext cx="5241183" cy="6184998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1431142804"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5898996" y="0"/>
@@ -16639,51 +16182,51 @@
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6601522" y="1371856"/>
             <a:ext cx="4884234" cy="4073222"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1333641223"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5898996" y="0"/>
@@ -17313,51 +16856,51 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1951800861"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5898996" y="0"/>
@@ -17886,51 +17429,51 @@
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="931488337"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5898996" y="0"/>
@@ -18408,51 +17951,51 @@
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="700" dirty="0"/>
               <a:t>$470</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="338394750"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5898996" y="0"/>
@@ -18826,51 +18369,51 @@
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0"/>
               <a:t>$470</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3952405573"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Rectangle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2957A00-D0D8-4C3D-B87E-D21A3D3F2275}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -19188,51 +18731,51 @@
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6244739" y="1170431"/>
             <a:ext cx="5578453" cy="2635081"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="76227077"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5898996" y="0"/>
@@ -21648,120 +21191,119 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1482</Words>
+  <Words>1454</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>226</Paragraphs>
-[...1 lines deleted...]
-  <Notes>31</Notes>
+  <Paragraphs>218</Paragraphs>
+  <Slides>37</Slides>
+  <Notes>30</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>38</vt:i4>
+        <vt:i4>37</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="42" baseType="lpstr">
+    <vt:vector size="41" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Standard OPT Online Application Template</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>IMPORTANT!</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Quicker Processing Time Option</vt:lpstr>
       <vt:lpstr>Reason for applying</vt:lpstr>
       <vt:lpstr>Preparer and interpreter information</vt:lpstr>
       <vt:lpstr>Current Legal Name</vt:lpstr>
       <vt:lpstr>Contact information     List your non-byu email address</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Enter your personal information</vt:lpstr>
       <vt:lpstr>Enter where and when you were born</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Online OPT Template</dc:title>
   <dc:creator>Kirstyn Tureman</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>